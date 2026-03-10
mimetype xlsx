--- v0 (2026-03-06)
+++ v1 (2026-03-10)
@@ -66,62 +66,62 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="1" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="0" numFmtId="14" fontId="0" fillId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:E11"/>
+  <dimension ref="A1:F11"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="33.0"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="24.200000000000003"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="14.3"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="11.0"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="26.400000000000002"/>
-    <col min="6" max="6" bestFit="1" customWidth="1" width="11.0"/>
+    <col min="6" max="6" bestFit="1" customWidth="1" width="12.100000000000001"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Team Schedule for PDL Elite</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="inlineStr">
         <is>
           <t>Away Team</t>
         </is>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Home Team</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
           <t>Date</t>
         </is>
       </c>
@@ -399,48 +399,53 @@
     </row>
     <row r="11">
       <c r="A11" s="0" t="inlineStr">
         <is>
           <t>PDL Elite</t>
         </is>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>West Coast Snappers</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
           <t>2026-03-06</t>
         </is>
       </c>
       <c r="D11" s="0" t="inlineStr">
         <is>
           <t>06:00AM</t>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
           <t>St. Bernadette School</t>
+        </is>
+      </c>
+      <c r="F11" s="0" t="inlineStr">
+        <is>
+          <t>107 - 82</t>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>